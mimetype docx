--- v0 (2026-01-16)
+++ v1 (2026-03-05)
@@ -1157,69 +1157,336 @@
         <w:t>John 2:18</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4407CB6F" w14:textId="55428118" w:rsidR="00BD6AD1" w:rsidRDefault="00BD6AD1" w:rsidP="00BD6AD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> What did Jesus say He would raise up after the Jewish people destroyed it?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B61E847" w14:textId="637B9CEE" w:rsidR="00BD6AD1" w:rsidRPr="00BD6AD1" w:rsidRDefault="00BD6AD1" w:rsidP="00BD6AD1">
+    <w:p w14:paraId="2B61E847" w14:textId="637B9CEE" w:rsidR="00BD6AD1" w:rsidRDefault="00BD6AD1" w:rsidP="00BD6AD1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>John 2:19</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BD6AD1" w:rsidRPr="00BD6AD1">
+    <w:p w14:paraId="5926FF9E" w14:textId="66F458C5" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How long did it take to rebuild the temple after the Babylonians destroyed it?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B07CD2" w14:textId="3A03A92A" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 2:20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8C79BD" w14:textId="671238BA" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Was Jesus talking about the temple where the Jews worshipped or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>His</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> own body?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41142060" w14:textId="3C2AD885" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 2:21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5890C9AE" w14:textId="53433178" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> When did the disciples remember this saying of Jesus and believe it?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127B9265" w14:textId="552E22EF" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 2:22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57790EAE" w14:textId="1543F42A" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA59A6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>What caused many of the people in Jerusalem to believe on the Lord Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4D5774" w14:textId="457BBCDF" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 2:23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0451B505" w14:textId="6DEBAB93" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What held Jesus back from committing himself to them?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C34D03" w14:textId="50D3FE64" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 2:24</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1353939F" w14:textId="1D61615C" w:rsidR="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Why did Jesus not need anyone to tell him what was in a man?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391A2947" w14:textId="1DFBF58D" w:rsidR="00DA59A6" w:rsidRPr="00DA59A6" w:rsidRDefault="00DA59A6" w:rsidP="00DA59A6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 2:25</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DA59A6" w:rsidRPr="00DA59A6">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1819,50 +2086,51 @@
     <w:rsid w:val="006222F8"/>
     <w:rsid w:val="00631653"/>
     <w:rsid w:val="006507AC"/>
     <w:rsid w:val="00654D45"/>
     <w:rsid w:val="00665026"/>
     <w:rsid w:val="00667837"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="006D4375"/>
     <w:rsid w:val="006E0568"/>
     <w:rsid w:val="00703D10"/>
     <w:rsid w:val="00710299"/>
     <w:rsid w:val="007167F2"/>
     <w:rsid w:val="007206DF"/>
     <w:rsid w:val="00720A33"/>
     <w:rsid w:val="00733B7B"/>
     <w:rsid w:val="00735B1E"/>
     <w:rsid w:val="0074523A"/>
     <w:rsid w:val="00751970"/>
     <w:rsid w:val="00757F57"/>
     <w:rsid w:val="00770FED"/>
     <w:rsid w:val="00784BA7"/>
     <w:rsid w:val="00791465"/>
     <w:rsid w:val="007A0254"/>
     <w:rsid w:val="007A197F"/>
     <w:rsid w:val="007A19C1"/>
+    <w:rsid w:val="007C161D"/>
     <w:rsid w:val="007D218C"/>
     <w:rsid w:val="007D34C1"/>
     <w:rsid w:val="007E3CF4"/>
     <w:rsid w:val="007F39C3"/>
     <w:rsid w:val="007F5F75"/>
     <w:rsid w:val="0081029C"/>
     <w:rsid w:val="00850E76"/>
     <w:rsid w:val="00854627"/>
     <w:rsid w:val="00870FB0"/>
     <w:rsid w:val="0088642B"/>
     <w:rsid w:val="00895378"/>
     <w:rsid w:val="00896A01"/>
     <w:rsid w:val="008A16D2"/>
     <w:rsid w:val="008A2C33"/>
     <w:rsid w:val="008B39BA"/>
     <w:rsid w:val="008D19CF"/>
     <w:rsid w:val="008E45E6"/>
     <w:rsid w:val="008E780D"/>
     <w:rsid w:val="008F2AF0"/>
     <w:rsid w:val="0090129B"/>
     <w:rsid w:val="00917020"/>
     <w:rsid w:val="00923C62"/>
     <w:rsid w:val="00923F2E"/>
     <w:rsid w:val="009601BA"/>
     <w:rsid w:val="00974EE0"/>
@@ -1918,50 +2186,51 @@
     <w:rsid w:val="00BF0387"/>
     <w:rsid w:val="00C04E03"/>
     <w:rsid w:val="00C04E19"/>
     <w:rsid w:val="00C115AC"/>
     <w:rsid w:val="00C15D58"/>
     <w:rsid w:val="00C27607"/>
     <w:rsid w:val="00C365E3"/>
     <w:rsid w:val="00C511C6"/>
     <w:rsid w:val="00C54177"/>
     <w:rsid w:val="00C8366D"/>
     <w:rsid w:val="00CA0D72"/>
     <w:rsid w:val="00CB55B5"/>
     <w:rsid w:val="00CE35A5"/>
     <w:rsid w:val="00CF38E3"/>
     <w:rsid w:val="00CF787D"/>
     <w:rsid w:val="00CF7DB3"/>
     <w:rsid w:val="00D060F5"/>
     <w:rsid w:val="00D114ED"/>
     <w:rsid w:val="00D15AA2"/>
     <w:rsid w:val="00D22DAE"/>
     <w:rsid w:val="00D27155"/>
     <w:rsid w:val="00D331ED"/>
     <w:rsid w:val="00D5358C"/>
     <w:rsid w:val="00D643FC"/>
     <w:rsid w:val="00D7171A"/>
+    <w:rsid w:val="00DA59A6"/>
     <w:rsid w:val="00DB11C3"/>
     <w:rsid w:val="00DB4A7C"/>
     <w:rsid w:val="00DB5CF5"/>
     <w:rsid w:val="00DB760E"/>
     <w:rsid w:val="00DD3340"/>
     <w:rsid w:val="00DF7173"/>
     <w:rsid w:val="00E006AA"/>
     <w:rsid w:val="00E01712"/>
     <w:rsid w:val="00E1296E"/>
     <w:rsid w:val="00E229D4"/>
     <w:rsid w:val="00E24869"/>
     <w:rsid w:val="00E37293"/>
     <w:rsid w:val="00E50668"/>
     <w:rsid w:val="00E56DB4"/>
     <w:rsid w:val="00E65072"/>
     <w:rsid w:val="00E658EB"/>
     <w:rsid w:val="00E667E3"/>
     <w:rsid w:val="00E8253A"/>
     <w:rsid w:val="00E84FA5"/>
     <w:rsid w:val="00E86CB9"/>
     <w:rsid w:val="00E902F5"/>
     <w:rsid w:val="00E9403B"/>
     <w:rsid w:val="00E95161"/>
     <w:rsid w:val="00EA3C04"/>
     <w:rsid w:val="00EB026C"/>
@@ -2719,70 +2988,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1100</Characters>
+  <Pages>3</Pages>
+  <Words>265</Words>
+  <Characters>1515</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1290</CharactersWithSpaces>
+  <CharactersWithSpaces>1777</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Phil</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>