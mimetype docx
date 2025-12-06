--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -664,51 +664,692 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>John 1</w:t>
       </w:r>
       <w:r w:rsidR="005A675F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005A675F">
+    <w:p w14:paraId="18242095" w14:textId="6A3C399B" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did the true light do for every man that came into the world?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396F3DDF" w14:textId="7B19EEC6" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5736A6" w14:textId="637E3E2E" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Did the world know Him (the Word) even though He was in the world and made the world?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7366A6E4" w14:textId="200AC4A8" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732CF8A4" w14:textId="14FD64B7" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Did His own receive Him?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0ECE2F" w14:textId="17ECD3D4" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>John 1:11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22684F98" w14:textId="616B08B2" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What will He give to as many </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will receive Him?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537E97EF" w14:textId="3E93AB74" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3005EB00" w14:textId="78B688E4" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> By whose will and power is someone made into a son of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>God?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2AC673B2" w14:textId="0C0D63B3" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D333B0" w14:textId="664BCC2F" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What happened to the Word so that He could dwell among us?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D35AFA" w14:textId="31EF5606" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B92F061" w14:textId="0B35DED7" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What reason does John give for Jesus being preferred before Himself?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C6D716F" w14:textId="0D62FA01" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B1A21B" w14:textId="2498E30B" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What two things have we received through our Lord Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD8D05D" w14:textId="4948E51B" w:rsidR="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D970955" w14:textId="6AFABE38" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What two things did Jesus give us that Moses did not?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4BF588" w14:textId="5F2C1960" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA22FCE" w14:textId="1BFCF21A" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Has anyone ever seen God?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A5F462" w14:textId="60377CC6" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5453AC3D" w14:textId="496CBC80" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who was sent from Jerusalem to ask John the Baptist about who he was?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4B9A6B" w14:textId="11690A59" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4210D3" w14:textId="7D8B9B6C" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What was John the Baptist’s confession about whether he was the Christ or not?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B4C0C0" w14:textId="1FDAAF39" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2221D003" w14:textId="559D5FA0" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Did John the Baptist believe that he was Elijah or that prophet?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363B430D" w14:textId="30A0D599" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD2E411" w14:textId="3FB97B9D" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>What were the men wanting from John the Baptist?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB3EEF0" w14:textId="2D643E8B" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC1579F" w14:textId="5C274E5F" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Who did John say that he was?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A895BC4" w14:textId="2B7EDE1D" w:rsidR="005D4EAE" w:rsidRPr="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569E0666" w14:textId="734CC714" w:rsidR="00551300" w:rsidRPr="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00551300" w:rsidRPr="00551300">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1267,100 +1908,103 @@
     <w:rsid w:val="0040072A"/>
     <w:rsid w:val="004041DA"/>
     <w:rsid w:val="0040516F"/>
     <w:rsid w:val="00406EE9"/>
     <w:rsid w:val="004139E1"/>
     <w:rsid w:val="004206A6"/>
     <w:rsid w:val="00422DB6"/>
     <w:rsid w:val="00446147"/>
     <w:rsid w:val="00460E39"/>
     <w:rsid w:val="004656DB"/>
     <w:rsid w:val="0048572A"/>
     <w:rsid w:val="0049168B"/>
     <w:rsid w:val="004958E8"/>
     <w:rsid w:val="004B0BF4"/>
     <w:rsid w:val="004B77B2"/>
     <w:rsid w:val="004D33C9"/>
     <w:rsid w:val="004D3F74"/>
     <w:rsid w:val="004E01E2"/>
     <w:rsid w:val="004E5175"/>
     <w:rsid w:val="00501750"/>
     <w:rsid w:val="00505D4E"/>
     <w:rsid w:val="00510818"/>
     <w:rsid w:val="005177CC"/>
     <w:rsid w:val="0052670B"/>
     <w:rsid w:val="00545382"/>
+    <w:rsid w:val="00551300"/>
     <w:rsid w:val="0056541C"/>
     <w:rsid w:val="005860DC"/>
     <w:rsid w:val="005A23AB"/>
     <w:rsid w:val="005A675F"/>
     <w:rsid w:val="005B223B"/>
     <w:rsid w:val="005B53B1"/>
     <w:rsid w:val="005D0CB6"/>
     <w:rsid w:val="005D474F"/>
+    <w:rsid w:val="005D4EAE"/>
     <w:rsid w:val="005D60E4"/>
     <w:rsid w:val="00601AA7"/>
     <w:rsid w:val="00607040"/>
     <w:rsid w:val="00611E29"/>
     <w:rsid w:val="0062095F"/>
     <w:rsid w:val="00631653"/>
     <w:rsid w:val="006507AC"/>
     <w:rsid w:val="00654D45"/>
     <w:rsid w:val="00665026"/>
     <w:rsid w:val="00667837"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="006D4375"/>
     <w:rsid w:val="006E0568"/>
     <w:rsid w:val="00703D10"/>
     <w:rsid w:val="00710299"/>
     <w:rsid w:val="007167F2"/>
     <w:rsid w:val="007206DF"/>
     <w:rsid w:val="00720A33"/>
     <w:rsid w:val="00733B7B"/>
     <w:rsid w:val="00735B1E"/>
     <w:rsid w:val="0074523A"/>
     <w:rsid w:val="00751970"/>
     <w:rsid w:val="00757F57"/>
     <w:rsid w:val="00770FED"/>
     <w:rsid w:val="00784BA7"/>
     <w:rsid w:val="00791465"/>
     <w:rsid w:val="007A0254"/>
     <w:rsid w:val="007A197F"/>
     <w:rsid w:val="007A19C1"/>
     <w:rsid w:val="007D218C"/>
     <w:rsid w:val="007D34C1"/>
     <w:rsid w:val="007E3CF4"/>
     <w:rsid w:val="007F39C3"/>
     <w:rsid w:val="007F5F75"/>
     <w:rsid w:val="0081029C"/>
     <w:rsid w:val="00850E76"/>
     <w:rsid w:val="00854627"/>
     <w:rsid w:val="00870FB0"/>
     <w:rsid w:val="0088642B"/>
     <w:rsid w:val="00895378"/>
     <w:rsid w:val="00896A01"/>
     <w:rsid w:val="008A16D2"/>
+    <w:rsid w:val="008A2C33"/>
     <w:rsid w:val="008B39BA"/>
     <w:rsid w:val="008D19CF"/>
     <w:rsid w:val="008E45E6"/>
     <w:rsid w:val="008E780D"/>
     <w:rsid w:val="008F2AF0"/>
     <w:rsid w:val="0090129B"/>
     <w:rsid w:val="00917020"/>
     <w:rsid w:val="00923C62"/>
     <w:rsid w:val="00923F2E"/>
     <w:rsid w:val="009601BA"/>
     <w:rsid w:val="00974EE0"/>
     <w:rsid w:val="0098091D"/>
     <w:rsid w:val="00996055"/>
     <w:rsid w:val="00997770"/>
     <w:rsid w:val="009A0D36"/>
     <w:rsid w:val="009A4499"/>
     <w:rsid w:val="009A6BFC"/>
     <w:rsid w:val="009C590E"/>
     <w:rsid w:val="009E4ED7"/>
     <w:rsid w:val="009E7CAB"/>
     <w:rsid w:val="009F2DA3"/>
     <w:rsid w:val="009F4CA4"/>
     <w:rsid w:val="009F4DBA"/>
     <w:rsid w:val="00A04F4E"/>
     <w:rsid w:val="00A07F52"/>
@@ -1379,50 +2023,51 @@
     <w:rsid w:val="00AC1F9B"/>
     <w:rsid w:val="00AD54EE"/>
     <w:rsid w:val="00AE5D40"/>
     <w:rsid w:val="00AE74B2"/>
     <w:rsid w:val="00AF67FA"/>
     <w:rsid w:val="00B027CF"/>
     <w:rsid w:val="00B05BA8"/>
     <w:rsid w:val="00B10A5D"/>
     <w:rsid w:val="00B2613F"/>
     <w:rsid w:val="00B354A7"/>
     <w:rsid w:val="00B36C43"/>
     <w:rsid w:val="00B417D7"/>
     <w:rsid w:val="00B50FD9"/>
     <w:rsid w:val="00B82C7C"/>
     <w:rsid w:val="00B83DAE"/>
     <w:rsid w:val="00BA412C"/>
     <w:rsid w:val="00BA4C68"/>
     <w:rsid w:val="00BB126F"/>
     <w:rsid w:val="00BD124A"/>
     <w:rsid w:val="00BE509C"/>
     <w:rsid w:val="00BF0387"/>
     <w:rsid w:val="00C04E03"/>
     <w:rsid w:val="00C04E19"/>
     <w:rsid w:val="00C15D58"/>
     <w:rsid w:val="00C27607"/>
+    <w:rsid w:val="00C365E3"/>
     <w:rsid w:val="00C511C6"/>
     <w:rsid w:val="00C54177"/>
     <w:rsid w:val="00CA0D72"/>
     <w:rsid w:val="00CB55B5"/>
     <w:rsid w:val="00CE35A5"/>
     <w:rsid w:val="00CF38E3"/>
     <w:rsid w:val="00CF787D"/>
     <w:rsid w:val="00CF7DB3"/>
     <w:rsid w:val="00D060F5"/>
     <w:rsid w:val="00D114ED"/>
     <w:rsid w:val="00D15AA2"/>
     <w:rsid w:val="00D22DAE"/>
     <w:rsid w:val="00D27155"/>
     <w:rsid w:val="00D331ED"/>
     <w:rsid w:val="00D5358C"/>
     <w:rsid w:val="00D643FC"/>
     <w:rsid w:val="00D7171A"/>
     <w:rsid w:val="00DB11C3"/>
     <w:rsid w:val="00DB4A7C"/>
     <w:rsid w:val="00DB5CF5"/>
     <w:rsid w:val="00DB760E"/>
     <w:rsid w:val="00DD3340"/>
     <w:rsid w:val="00DF7173"/>
     <w:rsid w:val="00E006AA"/>
     <w:rsid w:val="00E01712"/>
@@ -2193,70 +2838,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>391</Characters>
+  <Pages>3</Pages>
+  <Words>304</Words>
+  <Characters>1171</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>458</CharactersWithSpaces>
+  <CharactersWithSpaces>1419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Phil</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>