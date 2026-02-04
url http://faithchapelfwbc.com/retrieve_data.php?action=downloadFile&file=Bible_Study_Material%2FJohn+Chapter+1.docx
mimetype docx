--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -1276,67 +1276,1309 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC1579F" w14:textId="5C274E5F" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Who did John say that he was?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A895BC4" w14:textId="2B7EDE1D" w:rsidR="005D4EAE" w:rsidRPr="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
+    <w:p w14:paraId="0A895BC4" w14:textId="2B7EDE1D" w:rsidR="005D4EAE" w:rsidRDefault="005D4EAE" w:rsidP="005D4EAE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>John 1:23</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE423F0" w14:textId="5BA3E82D" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What group were those men that asked John who he was a part of?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A08A898" w14:textId="61940DA4" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:24</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27134201" w14:textId="0EF00C89" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What was John the Baptist doing that the Pharisees thought he shouldn’t be doing since he was not that Christ nor Elias?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5D3349" w14:textId="19D2DE64" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266B545B" w14:textId="280E4811" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did John the Baptist baptize with?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD4D062" w14:textId="0443129D" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2134FA25" w14:textId="632F1AF5" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did John the Baptist say that he was not worthy to do for the Lord Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643D4452" w14:textId="7FDF3AD7" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A03B4FF" w14:textId="68FF9224" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where did these historical events take place?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39716C3E" w14:textId="5A29582F" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:28</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C61F9A" w14:textId="52BECF2E" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did John the Baptist call Jesus when he saw him the next day?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28FFCA8F" w14:textId="0630CF96" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:29</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BE50E8" w14:textId="59A133F4" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> When did Jesus exist </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in regards to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> John the Baptist, before or after John?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458499A0" w14:textId="1BB6C03E" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282B076F" w14:textId="32203DDE" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Did John the Baptist know who Jesus Christ was before he started his ministry of preaching and baptizing?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C601297" w14:textId="3DDFEFF9" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:31</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C80149" w14:textId="1C2F927A" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did John the Baptist see descending from heaven and abiding on Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DD0639" w14:textId="7C77CBC3" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:32</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBCB93D" w14:textId="440A3989" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> What sign was John the Baptist given to identify who the Messiah, the One who baptized with the Holy Ghost, would be?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698E22D3" w14:textId="4E74E646" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:33</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4B8021" w14:textId="15A165FC" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did John the Baptist bare record of once he saw the Spirit descending and resting on Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77144E55" w14:textId="4853E1BE" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:34</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340FE388" w14:textId="0B53BB1B" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who was with John the Baptist the next day after he saw the sign testifying who the Son of God was?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284E0CF1" w14:textId="21180E5E" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:35</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEB53F8" w14:textId="5DF52950" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did </w:t>
+      </w:r>
+      <w:r w:rsidR="006222F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John the Baptist say Jesus was?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CBEFC7" w14:textId="4E3AE5A8" w:rsidR="006222F8" w:rsidRPr="006222F8" w:rsidRDefault="006222F8" w:rsidP="006222F8">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:36</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8FFE92" w14:textId="7313BE2B" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wh</w:t>
+      </w:r>
+      <w:r w:rsidR="006222F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di</w:t>
+      </w:r>
+      <w:r w:rsidR="006222F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the disciples of John the Baptist follow when they heard him speak?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4734E116" w14:textId="02DFD5F4" w:rsidR="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:3</w:t>
+      </w:r>
+      <w:r w:rsidR="006222F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395BDE15" w14:textId="50B22E92" w:rsidR="006222F8" w:rsidRDefault="006222F8" w:rsidP="006222F8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did Jesus ask the two disciples of John the Baptist as they followed Him?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593E4E28" w14:textId="01180583" w:rsidR="006222F8" w:rsidRDefault="006222F8" w:rsidP="006222F8">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:38</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10AE24AB" w14:textId="24520C97" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Did the disciples of John the Baptist remain with Jesus that day?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA7D74A" w14:textId="39AD70AE" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:39</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2515718F" w14:textId="6EE39F9E" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What was the name of Andrew’s brother?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244B97A2" w14:textId="25B32DEE" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:40</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F74DB7B" w14:textId="341C0263" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who was the first-person Andrew found to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tell</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> about the Lord Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50043412" w14:textId="17275E55" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:41</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD960A1" w14:textId="39A3C8DD" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What was the name that Jesus gave to Simon Peter?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335E8B95" w14:textId="6320BBD7" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:42</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CC3F16" w14:textId="05D1AC0A" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> What did Jesus tell Philip to do once he found him?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE0A86F" w14:textId="36256A79" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:43</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44069E23" w14:textId="21942E0D" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What was the city that Philip, Andrew and Peter were from?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223EFAD5" w14:textId="70889B5F" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598BDE77" w14:textId="3901C8CF" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who did Philip find to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tell</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> about the Messiah which was written about in the Law of Moses and the prophets?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49656DF3" w14:textId="71614B3D" w:rsidR="00C115AC" w:rsidRDefault="00C115AC" w:rsidP="00C115AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:45</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297F8CEE" w14:textId="2176CE96" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where did Nathanael believe that Jesus was from?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6129EE8D" w14:textId="4072A83D" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:46</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC6146B" w14:textId="7E5D6AFC" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did Jesus say Nathanael had none of?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4718CBAC" w14:textId="73589F17" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:47</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00783B45" w14:textId="26F6F621" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What type of tree was Nathanael under before Philip called him to come and see the Messiah?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087EFE2F" w14:textId="7D6BB18B" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:48</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060AC304" w14:textId="1BE7DFAF" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What two things did Nathanael confess about the Lord Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A1ADEE" w14:textId="0205A986" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:49</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2D3CDD" w14:textId="7D020DF7" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did Jesus say Nathanael would see?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429915E3" w14:textId="14A58C0C" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:50</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C44559" w14:textId="4124D878" w:rsidR="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who did Jesus say would be ascending and descending upon Him when the heaven opened?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6B6BF7" w14:textId="4A13F493" w:rsidR="00F721C4" w:rsidRPr="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 1:51</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A365C99" w14:textId="77777777" w:rsidR="00F721C4" w:rsidRPr="00F721C4" w:rsidRDefault="00F721C4" w:rsidP="00F721C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B6515A5" w14:textId="18BA3B8F" w:rsidR="00C8366D" w:rsidRPr="00C8366D" w:rsidRDefault="00C8366D" w:rsidP="00C8366D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="569E0666" w14:textId="734CC714" w:rsidR="00551300" w:rsidRPr="00551300" w:rsidRDefault="00551300" w:rsidP="00551300">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00551300" w:rsidRPr="00551300">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
@@ -1808,51 +3050,51 @@
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="395319599">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="619995464">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="320667835">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="632711736">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1594701868">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="108"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0009410F"/>
     <w:rsid w:val="00004871"/>
     <w:rsid w:val="0000618B"/>
     <w:rsid w:val="000471AD"/>
     <w:rsid w:val="00065BDC"/>
     <w:rsid w:val="0009410F"/>
     <w:rsid w:val="000A2E93"/>
     <w:rsid w:val="000C6A8F"/>
     <w:rsid w:val="000C7444"/>
     <w:rsid w:val="000E70A1"/>
     <w:rsid w:val="000F2D5C"/>
     <w:rsid w:val="00124457"/>
     <w:rsid w:val="00133A5E"/>
@@ -1906,67 +3148,69 @@
     <w:rsid w:val="003E6A1A"/>
     <w:rsid w:val="003F034C"/>
     <w:rsid w:val="0040072A"/>
     <w:rsid w:val="004041DA"/>
     <w:rsid w:val="0040516F"/>
     <w:rsid w:val="00406EE9"/>
     <w:rsid w:val="004139E1"/>
     <w:rsid w:val="004206A6"/>
     <w:rsid w:val="00422DB6"/>
     <w:rsid w:val="00446147"/>
     <w:rsid w:val="00460E39"/>
     <w:rsid w:val="004656DB"/>
     <w:rsid w:val="0048572A"/>
     <w:rsid w:val="0049168B"/>
     <w:rsid w:val="004958E8"/>
     <w:rsid w:val="004B0BF4"/>
     <w:rsid w:val="004B77B2"/>
     <w:rsid w:val="004D33C9"/>
     <w:rsid w:val="004D3F74"/>
     <w:rsid w:val="004E01E2"/>
     <w:rsid w:val="004E5175"/>
     <w:rsid w:val="00501750"/>
     <w:rsid w:val="00505D4E"/>
     <w:rsid w:val="00510818"/>
     <w:rsid w:val="005177CC"/>
+    <w:rsid w:val="00521D3D"/>
     <w:rsid w:val="0052670B"/>
     <w:rsid w:val="00545382"/>
     <w:rsid w:val="00551300"/>
     <w:rsid w:val="0056541C"/>
     <w:rsid w:val="005860DC"/>
     <w:rsid w:val="005A23AB"/>
     <w:rsid w:val="005A675F"/>
     <w:rsid w:val="005B223B"/>
     <w:rsid w:val="005B53B1"/>
     <w:rsid w:val="005D0CB6"/>
     <w:rsid w:val="005D474F"/>
     <w:rsid w:val="005D4EAE"/>
     <w:rsid w:val="005D60E4"/>
     <w:rsid w:val="00601AA7"/>
     <w:rsid w:val="00607040"/>
     <w:rsid w:val="00611E29"/>
     <w:rsid w:val="0062095F"/>
+    <w:rsid w:val="006222F8"/>
     <w:rsid w:val="00631653"/>
     <w:rsid w:val="006507AC"/>
     <w:rsid w:val="00654D45"/>
     <w:rsid w:val="00665026"/>
     <w:rsid w:val="00667837"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="006D4375"/>
     <w:rsid w:val="006E0568"/>
     <w:rsid w:val="00703D10"/>
     <w:rsid w:val="00710299"/>
     <w:rsid w:val="007167F2"/>
     <w:rsid w:val="007206DF"/>
     <w:rsid w:val="00720A33"/>
     <w:rsid w:val="00733B7B"/>
     <w:rsid w:val="00735B1E"/>
     <w:rsid w:val="0074523A"/>
     <w:rsid w:val="00751970"/>
     <w:rsid w:val="00757F57"/>
     <w:rsid w:val="00770FED"/>
     <w:rsid w:val="00784BA7"/>
     <w:rsid w:val="00791465"/>
     <w:rsid w:val="007A0254"/>
     <w:rsid w:val="007A197F"/>
     <w:rsid w:val="007A19C1"/>
     <w:rsid w:val="007D218C"/>
@@ -2006,122 +3250,127 @@
     <w:rsid w:val="009F2DA3"/>
     <w:rsid w:val="009F4CA4"/>
     <w:rsid w:val="009F4DBA"/>
     <w:rsid w:val="00A04F4E"/>
     <w:rsid w:val="00A07F52"/>
     <w:rsid w:val="00A12307"/>
     <w:rsid w:val="00A12B7F"/>
     <w:rsid w:val="00A304F1"/>
     <w:rsid w:val="00A35E85"/>
     <w:rsid w:val="00A52364"/>
     <w:rsid w:val="00A52A65"/>
     <w:rsid w:val="00A74A01"/>
     <w:rsid w:val="00A81E2E"/>
     <w:rsid w:val="00A86948"/>
     <w:rsid w:val="00AB0679"/>
     <w:rsid w:val="00AB4491"/>
     <w:rsid w:val="00AB78F0"/>
     <w:rsid w:val="00AC1F9B"/>
     <w:rsid w:val="00AD54EE"/>
     <w:rsid w:val="00AE5D40"/>
     <w:rsid w:val="00AE74B2"/>
     <w:rsid w:val="00AF67FA"/>
     <w:rsid w:val="00B027CF"/>
     <w:rsid w:val="00B05BA8"/>
     <w:rsid w:val="00B10A5D"/>
+    <w:rsid w:val="00B11A88"/>
     <w:rsid w:val="00B2613F"/>
     <w:rsid w:val="00B354A7"/>
     <w:rsid w:val="00B36C43"/>
     <w:rsid w:val="00B417D7"/>
     <w:rsid w:val="00B50FD9"/>
     <w:rsid w:val="00B82C7C"/>
     <w:rsid w:val="00B83DAE"/>
     <w:rsid w:val="00BA412C"/>
     <w:rsid w:val="00BA4C68"/>
     <w:rsid w:val="00BB126F"/>
     <w:rsid w:val="00BD124A"/>
     <w:rsid w:val="00BE509C"/>
     <w:rsid w:val="00BF0387"/>
     <w:rsid w:val="00C04E03"/>
     <w:rsid w:val="00C04E19"/>
+    <w:rsid w:val="00C115AC"/>
     <w:rsid w:val="00C15D58"/>
     <w:rsid w:val="00C27607"/>
     <w:rsid w:val="00C365E3"/>
     <w:rsid w:val="00C511C6"/>
     <w:rsid w:val="00C54177"/>
+    <w:rsid w:val="00C8366D"/>
     <w:rsid w:val="00CA0D72"/>
     <w:rsid w:val="00CB55B5"/>
     <w:rsid w:val="00CE35A5"/>
     <w:rsid w:val="00CF38E3"/>
     <w:rsid w:val="00CF787D"/>
     <w:rsid w:val="00CF7DB3"/>
     <w:rsid w:val="00D060F5"/>
     <w:rsid w:val="00D114ED"/>
     <w:rsid w:val="00D15AA2"/>
     <w:rsid w:val="00D22DAE"/>
     <w:rsid w:val="00D27155"/>
     <w:rsid w:val="00D331ED"/>
     <w:rsid w:val="00D5358C"/>
     <w:rsid w:val="00D643FC"/>
     <w:rsid w:val="00D7171A"/>
     <w:rsid w:val="00DB11C3"/>
     <w:rsid w:val="00DB4A7C"/>
     <w:rsid w:val="00DB5CF5"/>
     <w:rsid w:val="00DB760E"/>
     <w:rsid w:val="00DD3340"/>
     <w:rsid w:val="00DF7173"/>
     <w:rsid w:val="00E006AA"/>
     <w:rsid w:val="00E01712"/>
+    <w:rsid w:val="00E1296E"/>
     <w:rsid w:val="00E229D4"/>
     <w:rsid w:val="00E24869"/>
     <w:rsid w:val="00E37293"/>
     <w:rsid w:val="00E50668"/>
     <w:rsid w:val="00E65072"/>
     <w:rsid w:val="00E658EB"/>
     <w:rsid w:val="00E667E3"/>
     <w:rsid w:val="00E8253A"/>
     <w:rsid w:val="00E84FA5"/>
     <w:rsid w:val="00E86CB9"/>
     <w:rsid w:val="00E902F5"/>
     <w:rsid w:val="00E9403B"/>
     <w:rsid w:val="00E95161"/>
     <w:rsid w:val="00EA3C04"/>
     <w:rsid w:val="00EB026C"/>
     <w:rsid w:val="00EE6D42"/>
     <w:rsid w:val="00EF2230"/>
     <w:rsid w:val="00EF51D5"/>
     <w:rsid w:val="00EF64CE"/>
     <w:rsid w:val="00EF7DAA"/>
     <w:rsid w:val="00F01994"/>
     <w:rsid w:val="00F06F86"/>
     <w:rsid w:val="00F075C7"/>
     <w:rsid w:val="00F07971"/>
     <w:rsid w:val="00F36FE6"/>
     <w:rsid w:val="00F4001B"/>
     <w:rsid w:val="00F45A1C"/>
     <w:rsid w:val="00F52759"/>
     <w:rsid w:val="00F55CD9"/>
+    <w:rsid w:val="00F721C4"/>
     <w:rsid w:val="00F75092"/>
     <w:rsid w:val="00F83AE0"/>
     <w:rsid w:val="00F91D4A"/>
     <w:rsid w:val="00F945E1"/>
     <w:rsid w:val="00F94703"/>
     <w:rsid w:val="00F9494B"/>
     <w:rsid w:val="00FA441E"/>
     <w:rsid w:val="00FC6FED"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FE483C"/>
     <w:rsid w:val="00FF171F"/>
     <w:rsid w:val="00FF3A07"/>
     <w:rsid w:val="00FF64BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -2838,70 +4087,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1171</Characters>
+  <Pages>5</Pages>
+  <Words>569</Words>
+  <Characters>3245</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>56</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1419</CharactersWithSpaces>
+  <CharactersWithSpaces>3807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Phil</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>